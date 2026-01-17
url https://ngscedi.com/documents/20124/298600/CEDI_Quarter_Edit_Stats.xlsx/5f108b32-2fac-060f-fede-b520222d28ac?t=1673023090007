--- v0 (2025-10-14)
+++ v1 (2026-01-17)
@@ -2,1097 +2,1070 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\corp.ngsmedicare.com\dept\edi\CEDI\BA's\Production Support\Front End Edits\2025\09\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\corp.ngsmedicare.com\dept\edi\CEDI\BA's\Production Support\Front End Edits\2025\12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1A64E9F2-7492-4FA9-8DD0-85494113654F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{60B53515-F3D8-4558-AF79-4908F08F3778}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="859" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="390" yWindow="390" windowWidth="25530" windowHeight="13170" tabRatio="859" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="10" r:id="rId1"/>
-    <sheet name="Q3 2025 837 5010A1 Prod Edits" sheetId="8" r:id="rId2"/>
-[...2 lines deleted...]
-    <sheet name="Q3 2025 NCPDP D.0 Test Edits" sheetId="16" r:id="rId5"/>
+    <sheet name="Q4 2025 837 5010A1 Prod Edits" sheetId="8" r:id="rId2"/>
+    <sheet name="Q4 2025 837 5010A1 Test Edits" sheetId="11" r:id="rId3"/>
+    <sheet name="Q4 2025 NCPDP D.0 Prod Edits" sheetId="15" r:id="rId4"/>
+    <sheet name="Q4 2025 NCPDP D.0 Test Edits" sheetId="16" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Q3 2025 837 5010A1 Prod Edits'!$A$2:$C$2</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm.Print_Titles" localSheetId="4">'Q3 2025 NCPDP D.0 Test Edits'!$1:$2</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Q4 2025 837 5010A1 Prod Edits'!$A$2:$C$2</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Q4 2025 837 5010A1 Test Edits'!$A$2:$C$2</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'Q4 2025 NCPDP D.0 Prod Edits'!$A$2:$C$2</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'Q4 2025 NCPDP D.0 Test Edits'!$A$2:$C$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="1">'Q4 2025 837 5010A1 Prod Edits'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="2">'Q4 2025 837 5010A1 Test Edits'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="3">'Q4 2025 NCPDP D.0 Prod Edits'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="4">'Q4 2025 NCPDP D.0 Test Edits'!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="393" uniqueCount="333">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="397" uniqueCount="324">
   <si>
     <t>Count</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>X222.157.2300.CLM02.090</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information on an MSP claim</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information Missing or invalid units of service</t>
   </si>
   <si>
     <t>This Claim is rejected for an Invalid Diagnosis Code</t>
   </si>
   <si>
     <t>X222.423.2410.LIN03.025</t>
   </si>
   <si>
     <t>This claim is rehected for having an NDC code that is not 11 digits</t>
   </si>
   <si>
     <t>This Claim is rejected for relational field Information within the Other Insured's Adjustment Reason Code and Adjudication or Payment Date</t>
   </si>
   <si>
+    <t>X222.242.2300.HI01-2.010</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for Missing a Condition Code</t>
+  </si>
+  <si>
+    <t>X222.087.2010AA.NM108.020</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for missing information in the Identifier Qualifier's Billing Provider's NPI (National Provider ID)</t>
+  </si>
+  <si>
     <t>X222.087.2010AA.NM109.020</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information in the Billing Provider's NPI (National Provider ID)</t>
   </si>
   <si>
     <t>X222.087.2010AA.NM109.030</t>
   </si>
   <si>
     <t>X222.087.2010AA.NM109.050</t>
   </si>
   <si>
     <t>This Claim is rejected for relational field due to Billing Provider's submitter not approved for electronic claim submissions on behalf of this Billing Provider</t>
   </si>
   <si>
     <t>X222.092.2010AA.N403.020</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information in the Billing Provider's Postal/Zip Code</t>
   </si>
   <si>
-    <t>X222.094.2010AA.REF02.040</t>
-[...4 lines deleted...]
-  <si>
     <t>X222.094.2010AA.REF02.050</t>
   </si>
   <si>
     <t>This Claim is rejected for relational field Billing Provider's NPI (National Provider ID) and Tax ID</t>
   </si>
   <si>
-    <t>X222.104.2010AB.N403.020</t>
-[...4 lines deleted...]
-  <si>
     <t>X222.116.2000B.SBR01.030</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information for Payer Responsibility Sequence Number Code informaiton submitted is inconsistent with billing guidelines</t>
   </si>
   <si>
     <t>X222.116.2000B.SBR03.006</t>
   </si>
   <si>
     <t>This Claim is rejected for relational field in the subscriber's Policy Number information submitted is inconsistent with billing guidelines</t>
   </si>
   <si>
     <t>X222.116.2000B.SBR05.045</t>
   </si>
   <si>
     <t>This Claim is rejected for relational field for the Subscriber's Insurance Type Code</t>
   </si>
   <si>
     <t>X222.116.2000B.SBR05.055</t>
   </si>
   <si>
     <t>The Claim is rejected for Missing Information in the Subscriber's Insurance Type Code</t>
   </si>
   <si>
     <t>X222.116.2000B.SBR09.010</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information in the Payer's claim filing indicator; Length invalid for receiver's application system</t>
   </si>
   <si>
     <t>X222.119.2000B.PAT08.025</t>
   </si>
   <si>
     <t xml:space="preserve">This Claim is rejected for Invalid Information for too many decimal positions for the Subscriber's Weight field </t>
   </si>
   <si>
+    <t>This Claim is rejected for Invalid Information for a Invalid character in the Subscriber's First Name</t>
+  </si>
+  <si>
     <t>X222.121.2010BA.NM109.020</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information for a Subscriber's contract/member number</t>
   </si>
   <si>
     <t>X222.125.2010BA.N402.030</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information for the Subscriber's State/Province</t>
   </si>
   <si>
     <t>X222.125.2010BA.N403.020</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information for the Subscriber's Postal/Zip Code</t>
   </si>
   <si>
     <t>X222.125.2010BA.N404.010</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information for the Subscriber's Country</t>
   </si>
   <si>
     <t>X222.127.2010BA.DMG02.030</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information for the Future date of the Subscriber's date of birth</t>
   </si>
   <si>
     <t>X222.129.2010BA.REF.010</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information for the Subscriber's Additional/Secondary Identifier.; Length invalid for _x000D_receiver's application system</t>
   </si>
   <si>
     <t>X222.133.2010BB.NM109.025</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information for a Missing or Invalid Information with the Payer's ID Number and Reciever's ID Number</t>
   </si>
   <si>
     <t>X222.269.2310C.NM109.020</t>
   </si>
   <si>
     <t xml:space="preserve">This Claim is rejected for Invalid Information within the Service Location's National Provider Identifier (NPI) </t>
   </si>
   <si>
-    <t>X222.273.2310C.N402.020</t>
-[...4 lines deleted...]
-  <si>
     <t>X222.273.2310C.N403.020</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information for a  Service Location's Postal/Zip</t>
   </si>
   <si>
     <t>X222.275.2310C.REF.010</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information submitted inconsistent with billing guidelines for the Service Location's Additional/Secondary Identifier.</t>
   </si>
   <si>
     <t>X222.280.2310D.NM108.020</t>
   </si>
   <si>
     <t>The Claim is rejected for Missing Information in the  Identifier Qualifier and Supervising Physician's National Provider Identifier (NPI)</t>
   </si>
   <si>
     <t>X222.280.2310D.NM109.020</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information for the Supervising Physician's National Provider Identifier (NPI)</t>
   </si>
   <si>
     <t>X222.295.2320.SBR01.040</t>
   </si>
   <si>
     <t>This Claim is rejected for Missing Information within the Other payer's Explanation of Benefits/payment information</t>
   </si>
   <si>
     <t>X222.295.2320.SBR03.006</t>
   </si>
   <si>
     <t>This Claim is rejected for relational field Information submitted inconsistent with billing guidelines for the Other Insured's Policy Number</t>
   </si>
   <si>
     <t>X222.295.2320.SBR09.020</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Other Carrier Claim filing indicator is missing or invalid</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Other Insured's Adjustment Amount; Length invalid for receiver's application system.</t>
   </si>
   <si>
-    <t>X222.226.2300.HI02-2.100</t>
-[...4 lines deleted...]
-  <si>
     <t>This Claim is rejected for Invalid Information within the Diagnosis code</t>
   </si>
   <si>
     <t>X222.226.2300.HI03-2.040</t>
   </si>
   <si>
     <t>X222.226.2300.HI03-2.080</t>
   </si>
   <si>
-    <t>X222.226.2300.HI03-2.100</t>
-[...1 lines deleted...]
-  <si>
     <t>X222.226.2300.HI04-2.040</t>
   </si>
   <si>
     <t>X222.226.2300.HI04-2.080</t>
   </si>
   <si>
     <t>X222.226.2300.HI05-2.040</t>
   </si>
   <si>
     <t>X222.226.2300.HI05-2.080</t>
   </si>
   <si>
     <t>X222.226.2300.HI06-2.080</t>
   </si>
   <si>
     <t>X222.226.2300.HI07-2.080</t>
   </si>
   <si>
     <t>X222.226.2300.HI08-2.080</t>
   </si>
   <si>
     <t>X222.226.2300.HI09-2.090</t>
   </si>
   <si>
     <t>X222.226.2300.HI10-2.090</t>
   </si>
   <si>
     <t>X222.226.2300.HI11-2.090</t>
   </si>
   <si>
     <t>X222.226.2300.HI12-2.090</t>
   </si>
   <si>
+    <t>This Claim is rejected for Invalid Information within the NUBC Condition Code(s)</t>
+  </si>
+  <si>
+    <t>X222.242.2300.HI03-2.010</t>
+  </si>
+  <si>
     <t>X222.257.2310A.NM109.020</t>
   </si>
   <si>
     <t xml:space="preserve">This Claim is rejected for Invalid Information within the Identifier Qualifier within the Referring Provider's National Provider Identifier (NPI) </t>
   </si>
   <si>
-    <t>X222.257.2310A.NM109.030</t>
-[...1 lines deleted...]
-  <si>
     <t>X222.262.2310B.NM108.020</t>
   </si>
   <si>
     <t>The Claim is rejected for Missing Information for a Rendering Provider's Identifier Qualifier and Rendering Provider's National Provider Identifier (NPI).</t>
   </si>
   <si>
     <t>X222.262.2310B.NM109.020</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information for a Rendering Provider's National Provider Identifier (NPI).</t>
   </si>
   <si>
     <t>X222.262.2310B.NM109.030</t>
   </si>
   <si>
     <t>X222.136.2010BB.N403.020</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information for a Payer's Postal/Zip Code</t>
   </si>
   <si>
     <t>X222.138.2010BB.REF.010</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information for a Payer's Additional/Secondary Identifier submitted is inconsistent with billing guidelines</t>
   </si>
   <si>
     <t>X222.157.2300.CLM02.070</t>
   </si>
   <si>
+    <t>X222.157.2300.CLM05-1.020</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for Invalid Information within the Place of service</t>
+  </si>
+  <si>
     <t>X222.157.2300.CLM05-3.020</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Claim Frequency Code</t>
   </si>
   <si>
-    <t>X222.164.2300.DTP03.030</t>
-[...4 lines deleted...]
-  <si>
     <t>X222.176.2300.DTP.010</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information for the Future date within the Facility admission date</t>
   </si>
   <si>
     <t>X222.196.2300.REF.010</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Payer Assigned Claim Control Number Information submitted inconsistent with billing guidelines</t>
   </si>
   <si>
-    <t>X222.226.2300.HI01-2.030</t>
-[...1 lines deleted...]
-  <si>
     <t>This Claim is rejected for Invalid Information within the Primary diagnosis code</t>
   </si>
   <si>
     <t>X222.226.2300.HI01-2.050</t>
   </si>
   <si>
     <t>X222.226.2300.HI01-2.090</t>
   </si>
   <si>
-    <t>X222.226.2300.HI01-2.110</t>
-[...4 lines deleted...]
-  <si>
     <t>X222.226.2300.HI02-2.040</t>
   </si>
   <si>
-    <t>X222.226.2300.HI02-2.060</t>
-[...1 lines deleted...]
-  <si>
     <t>X222.226.2300.HI02-2.080</t>
   </si>
   <si>
     <t>X222.305.2320.AMT.030</t>
   </si>
   <si>
     <t>X222.305.2320.AMT02.020</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Amount Payer Paid Amount has paid and Other payer's Explanation of Benefits/payment information; Length invalid for receiver's application system.</t>
   </si>
   <si>
     <t>X222.305.2320.AMT02.060</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Other Payer's payment information is out of balance and Other payer's Explanation of Benefits/payment information</t>
   </si>
   <si>
-    <t>X222.307.2320.AMT.030</t>
-[...16 lines deleted...]
-  <si>
     <t>X222.313.2330A.NM109.040</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Other Insured's ID Number; Length invalid for receiver's application system.</t>
   </si>
   <si>
     <t>X222.317.2330A.N403.020</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information for a Other Insured's Postal/Zip Code</t>
   </si>
   <si>
     <t>X222.317.2330A.N404.010</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information for a Other Insured's Country</t>
   </si>
   <si>
+    <t>X222.319.2330A.REF02.020</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for Invalid Information for a Other Insured's Social Security Number</t>
+  </si>
+  <si>
+    <t>X222.323.2330B.N402.020</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for Invalid Information within the Other Payer State or Province Code's State/Province and Other payer's Explanation of Benefits/payment information</t>
+  </si>
+  <si>
     <t>X222.323.2330B.N403.020</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Other Payer's Postal/Zip Code and Other payer's Explanation of Benefits/payment information</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Future date and Adjudication or Payment Date</t>
   </si>
   <si>
     <t>X222.083.2000A.PRV03.020</t>
   </si>
   <si>
     <t xml:space="preserve">This Claim is rejected for Invalid Information in the Billing Provider's taxonomy code   </t>
   </si>
   <si>
+    <t>X222.347.2330G.NM1.010</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for relational field Information submitted inconsistent with billing guidelines for the Billing Provider's National Provider Identifier (NPI)</t>
+  </si>
+  <si>
+    <t>X222.349.2330G.REF.010</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for relational field Information submitted inconsistent with billing guidelines for the Billing Provider's Additional/Secondary Identifier.</t>
+  </si>
+  <si>
     <t>X222.351.2400.SV101-2.020</t>
   </si>
   <si>
     <t>This Claim is rejected for relational field Information within the HCPCS</t>
   </si>
   <si>
     <t>This Claim is rejected for relational field Information within the Procedure Code Modifier(s) for Service(s) Rendered</t>
   </si>
   <si>
     <t>X222.351.2400.SV101-3.020</t>
   </si>
   <si>
     <t>X222.351.2400.SV101-4.020</t>
   </si>
   <si>
     <t>X222.351.2400.SV101-5.020</t>
   </si>
   <si>
     <t>X222.351.2400.SV101-6.020</t>
   </si>
   <si>
     <t>X222.351.2400.SV101-7.020</t>
   </si>
   <si>
     <t>This Claim is rejected for relational field Information within the Detailed description of service</t>
   </si>
   <si>
     <t>X222.351.2400.SV102.030</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Line Item Charge Amount; Length invalid for receiver's application system.</t>
   </si>
   <si>
+    <t>X222.351.2400.SV102.050</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for Invalid Information within the Line Item Charge Amount there are Too many decimal positions</t>
+  </si>
+  <si>
     <t>X222.351.2400.SV102.060</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Line Item Charge Amount and Service Line Paid Amount Claim is out of balance</t>
   </si>
   <si>
     <t>X222.351.2400.SV103.020</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information submitted inconsistent with billing guidelines for the Unit or Basis for Measurement Code.</t>
   </si>
   <si>
     <t>X222.351.2400.SV104.050</t>
   </si>
   <si>
     <t>X222.351.2400.SV104.070</t>
   </si>
   <si>
     <t>This Claim is rejected for relational field Information within the Missing or invalid units of service and Procedure code for services rendered.</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Diagnosis code pointer is missing or invalid</t>
   </si>
   <si>
+    <t>X222.351.2400.SV107-1.040</t>
+  </si>
+  <si>
     <t>X222.351.2400.SV107-2.040</t>
   </si>
   <si>
     <t>X222.351.2400.SV107-4.040</t>
   </si>
   <si>
     <t>X222.376.2400.CRC.030</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information submitted inconsistent with billing guidelines for the Hospice Employee Indicator</t>
   </si>
   <si>
     <t>X222.380.2400.DTP03.040</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Future date and Date(s) of service</t>
   </si>
   <si>
     <t>X222.380.2400.DTP03.050</t>
   </si>
   <si>
     <t>X222.380.2400.DTP03.060</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Date(s) of service</t>
   </si>
   <si>
     <t>X222.380.2400.DTP03.070</t>
   </si>
   <si>
     <t>X222.380.2400.DTP03.080</t>
   </si>
   <si>
     <t>X222.380.2400.DTP03.090</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information; Length invalid for receiver's application system.</t>
   </si>
   <si>
     <t>X222.393.2400.MEA03.030</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Lab/test report/notes/results; Length invalid for receiver's application system.</t>
   </si>
   <si>
-    <t>X222.401.2400.REF02.040</t>
-[...4 lines deleted...]
-  <si>
     <t>X222.401.2400.REF02.070</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Line Item Control Number</t>
   </si>
   <si>
+    <t>X222.405.2400.REF.010</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for Invalid Information within the Clinical Laboratory Improvement Amendment</t>
+  </si>
+  <si>
     <t>X222.415.2400.PS1.015</t>
   </si>
   <si>
     <t xml:space="preserve">This Claim is rejected for relational field Information Purchased Service Provider's name, address, phone and id number has Missing or invalid information.  </t>
   </si>
   <si>
     <t>X222.423.2410.LIN.020</t>
   </si>
   <si>
     <t>This Claim is rejected for relational field Information within the NDC number Missing or invalid information</t>
   </si>
   <si>
     <t>X222.423.2410.LIN03.030</t>
   </si>
   <si>
     <t>This Claim is rejected for relational field Information within the NDC number and HCPCS</t>
   </si>
   <si>
     <t>X222.423.2410.LIN03.040</t>
   </si>
   <si>
     <t>X222.426.2410.CTP04.020</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Drug information; Length invalid for receiver's application system.</t>
   </si>
   <si>
     <t>X222.426.2410.CTP04.030</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Drug information there are Too many decimal positions</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Rendering Provider's National Provider Identifier (NPI)</t>
   </si>
   <si>
     <t>X222.430.2420A.NM109.030</t>
   </si>
   <si>
-    <t>X222.445.2420C.N403.020</t>
-[...22 lines deleted...]
-  <si>
     <t>X222.454.2420E.NM108.020</t>
   </si>
   <si>
     <t>This Claim is rejected for Missing Information within the Ordering Physician's National Provider Identifier (NPI) and Identifier Qualifier</t>
   </si>
   <si>
     <t>X222.454.2420E.NM109.020</t>
   </si>
   <si>
     <t>This Claim is rejected for Missing Information within the Ordering Physician's National Provider Identifier (NPI)</t>
   </si>
   <si>
     <t>X222.454.2420E.NM109.030</t>
   </si>
   <si>
-    <t>X222.457.2420E.N301.040</t>
-[...4 lines deleted...]
-  <si>
     <t>X222.458.2420E.N402.020</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Ordering Physician's State/Province</t>
   </si>
   <si>
     <t>X222.458.2420E.N403.020</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Ordering Physician's Postal/Zip Code</t>
   </si>
   <si>
     <t>X222.462.2420E.PER02.040</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Ordering Physician's Contact Name; Length invalid for receiver's application system.</t>
   </si>
   <si>
-    <t>X222.465.2420F.NM108.020</t>
-[...10 lines deleted...]
-  <si>
     <t>X222.480.2430.SVD02.050</t>
   </si>
   <si>
     <t>X222.480.2430.SVD03-2.020</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the HCPCS and Line Adjudication Information</t>
   </si>
   <si>
     <t>X222.480.2430.SVD03-3.010</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Procedure Code Modifier(s) for Service(s) Rendered and Line Adjudication Information</t>
   </si>
   <si>
     <t>X222.480.2430.SVD03-4.020</t>
   </si>
   <si>
-    <t>X222.480.2430.SVD03-6.020</t>
-[...1 lines deleted...]
-  <si>
     <t>This Claim is rejected for Invalid Information within the Missing or invalid units of service</t>
   </si>
   <si>
     <t>X222.480.2430.SVD05.040</t>
   </si>
   <si>
     <t>X222.484.2430.CAS02.020</t>
   </si>
   <si>
     <t>X222.484.2430.CAS03.030</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within Other Insured's Adjustment Amount must not be equal to zero</t>
   </si>
   <si>
     <t>X222.484.2430.CAS03.060</t>
   </si>
   <si>
-    <t>X222.484.2430.CAS05.020</t>
-[...1 lines deleted...]
-  <si>
     <t>This Claim is rejected for Invalid Information within the Form Type Identifier.</t>
   </si>
   <si>
     <t>X222.492.2440.LQ02.020</t>
   </si>
   <si>
     <t>X222.116.2000B.SBR04.007</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information; The Group Name is not valid for Medicare.</t>
   </si>
   <si>
+    <t>X222.076.1000A.PER04.070</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for Invalid Information for a Submitter's Phone Number; Length invalid for receiver's application system</t>
+  </si>
+  <si>
     <t>X222.462.2420E.PER04.070</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information for an Ordering Provider's Phone Number; Length invalid for receiver's application system</t>
   </si>
   <si>
     <t>X222.462.2420E.PER06.070</t>
   </si>
   <si>
     <t>X222.305.2320.AMT01.030</t>
   </si>
   <si>
     <t>This claim is rejected for invalid insurance information; Claim is listed as Medicare Primary, but primary insurance paid/adjudicated information is present</t>
   </si>
   <si>
     <t>X222.121.2010BA.NM105.045</t>
   </si>
   <si>
     <t>This claim rejected for an invalid character in the middle name field for the Subscriber</t>
   </si>
   <si>
     <t>X222.454.2420E.NM105.045</t>
   </si>
   <si>
     <t>This claim rejected for an invalid character in the middle name field for the Ordering Provider</t>
   </si>
   <si>
     <t>X222.313.2330A.NM105.055</t>
   </si>
   <si>
     <t>This claim rejected for an invalid character in the middle name field for the Other Insurance Subscriber</t>
   </si>
   <si>
     <t>X222.257.2310A.NM105.045</t>
   </si>
   <si>
     <t>This claim rejected for an invalid character in the middle name field for the Referring Provider</t>
   </si>
   <si>
-    <t>X222.416.2400.HCP.005</t>
-[...4 lines deleted...]
-  <si>
     <t>X222.426.2410.CTP05-1.030</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Drug information; Oral Anticancer drugs must be billed in UNITS.</t>
   </si>
   <si>
+    <t>X222.484.2430.CAS.030</t>
+  </si>
+  <si>
+    <t>This claim rejected for invalid Other Insured information; Line level Primary Payer Adjustment Information cannot be submitted when the claim is being submitted to the Primary Insurance.</t>
+  </si>
+  <si>
     <t>X222.226.2300.HI01-2.125</t>
   </si>
   <si>
-    <t>X222.226.2300.HI02-1.050</t>
-[...2 lines deleted...]
-    <t>This Claim is rejected for having a combination of ICD-9 and ICD-10 codes</t>
+    <t>X222.121.2010BA.NM104.070</t>
   </si>
   <si>
     <t>X222.351.2400.SV101-3.040</t>
   </si>
   <si>
     <t>X222.226.2300.HI01-2.130</t>
   </si>
   <si>
     <t>X222.480.2430.SVD03-3.020</t>
   </si>
   <si>
     <t>This claim rejected for having duplicate modifiers</t>
   </si>
   <si>
     <t>This claim rejected for having duplicate diagnosis codes</t>
   </si>
   <si>
     <t>This claim rejected for having duplicate modifiers in the other insurance segment</t>
   </si>
   <si>
     <t>X222.490.2430.DTP03.030</t>
   </si>
   <si>
     <t>X222.306.2320.AMT01.030</t>
   </si>
   <si>
     <t xml:space="preserve">This claim is rejected for submitted COB Total Non-Covered Amount </t>
   </si>
   <si>
     <t>This claim is rejected for containing an EX modifier, which is not allowed on electronic claims</t>
+  </si>
+  <si>
+    <t>X222.351.2400.SV101-6.040</t>
   </si>
   <si>
     <t>X222.351.2400.SV101-4.040</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Diagnosis code pointer. SV107-1 thru SV107-4 must not be duplicated within the same detail service line.</t>
   </si>
   <si>
     <t>X222.351.2400.SV107-1.050</t>
   </si>
   <si>
     <t>X222.157.2300.CLM02.040</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Submitted Charges; Length invalid for receiver's application system. 2300.CLM02 must be &gt;= 0 and &lt;= 99,999,999.99.</t>
   </si>
   <si>
     <t>X222.121.2010BA.NM109.030</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information for a Subscriber's contract/member number. If the HICN/MBI format is valid, 2010BA NM109 must be a HICN format pre-SSNRI transition. 2010BA NM109 may be either a HICN (Part B or RRB format) or MBI during the SSNRI transition period. 2010BA NM109 must be an MBI format post-SSNRI transition.</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Submitted Charges; 2300.CLM02 must equal the sum of all 2400.SV102 amounts.</t>
   </si>
   <si>
     <t>X222.299.2320.CAS01.040</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Claim Adjustment Group Code; CARC 45 only allowed with Group Codes PR or CO</t>
   </si>
   <si>
     <t>X222.484.2430.CAS01.040</t>
   </si>
   <si>
     <t>This Claim is rejected for Invalid Information within the Other Insured's Claim Adjustment Group Code; CARC 45 only allowed with Group Codes PR or CO</t>
   </si>
   <si>
     <t xml:space="preserve">This spreadsheet provides statistics of the previous month’s front end edits for claims received by CEDI.  It includes:
 • Edits on X12 837 Test and Production claims returned on the X12 277 Claim Acknowledgement (277CA)
 • Edits on NCPDP D.0 Test and Production claims returned on the NCPDP Transmission Response Report
 The number of edits does not correlate to the number of claims rejected by CEDI.  A single claim can receive multiple edits and a single edit can reject multiple claims.
 A separate report is available on the CEDI Web site with the previous quarter’s front end edit statistics posted in February, May, August and November.
 </t>
   </si>
   <si>
-    <t>X222.351.2400.SV101-5.040</t>
-[...40 lines deleted...]
-  <si>
     <t>X222.166.2300.DTP03.030</t>
   </si>
   <si>
     <t>Rejected for Last Seen date being a Future Date</t>
   </si>
   <si>
-    <t>X222.351.2400.SV107-1.040</t>
-[...11 lines deleted...]
-    <t>This Claim is rejected for Invalid Information for the Amount the patient has paid; Length invalid for receiver's application system</t>
+    <t>X222.226.2300.HI01-2.110</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for Invalid Information for a Invalid character within the Primary diagnosis code</t>
+  </si>
+  <si>
+    <t>X222.226.2300.HI02-1.050</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for having a combination of ICD-9 and ICD-10 codes</t>
+  </si>
+  <si>
+    <t>X222.433.2420A.PRV03.020</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for Invalid Information within the Rendering Provider's specialty/taxonomy code</t>
+  </si>
+  <si>
+    <t>X222.226.2300.HI02-2.060</t>
+  </si>
+  <si>
+    <t>X222.458.2420E.N401.040</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for Invalid Information within the Ordering Physician's City; Length invalid for receiver's application system.</t>
+  </si>
+  <si>
+    <t>X222.484.2430.CAS05.020</t>
+  </si>
+  <si>
+    <t>X222.484.2430.CAS06.030</t>
+  </si>
+  <si>
+    <t>X222.492.2440.LQ.030</t>
+  </si>
+  <si>
+    <t>X222.091.2010AA.N301.070</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for Invalid Information in the Billing Provider's Address</t>
+  </si>
+  <si>
+    <t>X222.119.2000B.PAT08.020</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for Invalid Information for a Invalid character in the Weight field; Length invalid for receiver's application system</t>
+  </si>
+  <si>
+    <t>X222.226.2300.HI01-2.030</t>
   </si>
   <si>
     <t>X222.226.2300.HI02-1.040</t>
   </si>
   <si>
     <t>X222.226.2300.HI02-2.020</t>
   </si>
   <si>
+    <t>X222.226.2300.HI03-2.100</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for Invalid Information for a Invalid character within the Diagnosis code</t>
+  </si>
+  <si>
+    <t>X222.226.2300.HI04-2.100</t>
+  </si>
+  <si>
+    <t>X222.480.2430.SVD03-5.020</t>
+  </si>
+  <si>
+    <t>X222.480.2430.SVD03-6.020</t>
+  </si>
+  <si>
+    <t>X222.104.2010AB.N403.020</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for Invalid Information in the Pay-to-Provider's Postal /Zip Code</t>
+  </si>
+  <si>
+    <t>X222.226.2300.HI06-2.040</t>
+  </si>
+  <si>
+    <t>X222.351.2400.SV107-3.040</t>
+  </si>
+  <si>
+    <t>X222.131.2010BA.PER04.070</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for Invalid Information for a Invalid character for the Subscriber's Phone Number</t>
+  </si>
+  <si>
+    <t>X222.257.2310A.NM109.030</t>
+  </si>
+  <si>
+    <t>X222.164.2300.DTP03.030</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for Invalid Information for the Future date within the Date of onset/exacerbation of illness/condition</t>
+  </si>
+  <si>
+    <t>X222.182.2300.PWK06.030</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for Invalid Information within the Attachment Control Number; Length invalid for receiver's application system</t>
+  </si>
+  <si>
+    <t>X222.226.2300.HI02-2.100</t>
+  </si>
+  <si>
     <t>X222.226.2300.HI03-1.040</t>
   </si>
   <si>
     <t>X222.226.2300.HI03-2.020</t>
   </si>
   <si>
-    <t>X222.319.2330A.REF02.020</t>
-[...56 lines deleted...]
-    <t>This Claim is rejected for Invalid Information within the Place of service</t>
+    <t>X222.226.2300.HI04-1.040</t>
+  </si>
+  <si>
+    <t>X222.226.2300.HI04-1.050</t>
+  </si>
+  <si>
+    <t>X222.226.2300.HI04-2.020</t>
+  </si>
+  <si>
+    <t>X222.226.2300.HI05-2.100</t>
+  </si>
+  <si>
+    <t>X222.226.2300.HI06-2.100</t>
   </si>
   <si>
     <t>X222.226.2300.HI07-2.040</t>
   </si>
   <si>
-    <t>X222.273.2310C.N401.040</t>
-[...32 lines deleted...]
-    <t>CEDI Front End NCPDP Version D.0 Test Claim Edits for Quarter 3 2025</t>
+    <t>X222.226.2300.HI07-2.100</t>
+  </si>
+  <si>
+    <t>X222.226.2300.HI08-2.100</t>
+  </si>
+  <si>
+    <t>X222.265.2310B.PRV03.020</t>
+  </si>
+  <si>
+    <t>X222.305.2320.AMT.040</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for Invalid Information within the Other payer's Explanation of Benefits/payment information</t>
+  </si>
+  <si>
+    <t>X222.484.2430.CAS04.030</t>
+  </si>
+  <si>
+    <t>This Claim is rejected for Invalid Information within Other Insured's Adjustment Quantity must not be equal to zero</t>
+  </si>
+  <si>
+    <t>X222.484.2430.CAS07.040</t>
+  </si>
+  <si>
+    <t>X222.484.2430.CAS09.030</t>
+  </si>
+  <si>
+    <t>X222.484.2430.CAS10.040</t>
+  </si>
+  <si>
+    <t>X222.484.2430.CAS12.030</t>
+  </si>
+  <si>
+    <t>X222.484.2430.CAS13.040</t>
+  </si>
+  <si>
+    <t>X222.484.2430.CAS15.030</t>
+  </si>
+  <si>
+    <t>X222.484.2430.CAS16.040</t>
+  </si>
+  <si>
+    <t>There were no edits on Test NCPDP D.0 claims in Quarter 4 2025</t>
+  </si>
+  <si>
+    <t>CEDI Front End 837 Version 5010A1 Production Claim Edits for Quarter 4 2025</t>
+  </si>
+  <si>
+    <t>CEDI Front End 837 Version 5010A1 Test Claim Edits for Quarter 4 2025</t>
+  </si>
+  <si>
+    <t>CEDI Front End NCPDP Version D.0 Production Claim Edits for Quarter 4 2025</t>
+  </si>
+  <si>
+    <t>CEDI Front End NCPDP Version D.0 Test Claim Edits for Quarter 4 2025</t>
   </si>
   <si>
     <t>CEDI Quarterly Edit Statistics</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -2560,2374 +2533,2396 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet5"/>
   <dimension ref="A1:A2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="165" style="1" customWidth="1"/>
-    <col min="2" max="16384" width="9.109375" style="1"/>
+    <col min="2" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:1" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="20" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="2" spans="1:1" ht="128.25" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="21" t="s">
-        <v>273</v>
+        <v>257</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:D189"/>
+  <dimension ref="A1:D191"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="26.6640625" style="2" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="9.109375" style="2"/>
+    <col min="1" max="1" width="26.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="67.7109375" style="11" customWidth="1"/>
+    <col min="3" max="3" width="8.7109375" style="4" customWidth="1"/>
+    <col min="4" max="4" width="6.140625" style="4" customWidth="1"/>
+    <col min="5" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" s="5" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:3" s="5" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="31" t="s">
-        <v>328</v>
+        <v>319</v>
       </c>
       <c r="B1" s="32"/>
       <c r="C1" s="33"/>
     </row>
-    <row r="2" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="15" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="16" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="24" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="B3" s="25" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="C3" s="28">
-        <v>56942</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>49883</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="22" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B4" s="23" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C4" s="29">
-        <v>11513</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>11285</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="22" t="s">
+        <v>97</v>
+      </c>
+      <c r="B5" s="23" t="s">
+        <v>98</v>
+      </c>
+      <c r="C5" s="29">
+        <v>7813</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="22" t="s">
+        <v>101</v>
+      </c>
+      <c r="B6" s="23" t="s">
+        <v>102</v>
+      </c>
+      <c r="C6" s="29">
+        <v>7691</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" s="29">
+        <v>7596</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" s="23" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" s="29">
+        <v>7085</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="C9" s="29">
+        <v>6146</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="22" t="s">
+        <v>234</v>
+      </c>
+      <c r="B10" s="23" t="s">
+        <v>237</v>
+      </c>
+      <c r="C10" s="29">
+        <v>6126</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="22" t="s">
+        <v>104</v>
+      </c>
+      <c r="B11" s="23" t="s">
+        <v>103</v>
+      </c>
+      <c r="C11" s="29">
+        <v>4689</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="22" t="s">
+        <v>165</v>
+      </c>
+      <c r="B12" s="23" t="s">
+        <v>162</v>
+      </c>
+      <c r="C12" s="29">
+        <v>3231</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="22" t="s">
+        <v>164</v>
+      </c>
+      <c r="B13" s="23" t="s">
+        <v>159</v>
+      </c>
+      <c r="C13" s="29">
+        <v>2892</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="22" t="s">
+        <v>139</v>
+      </c>
+      <c r="B14" s="23" t="s">
+        <v>140</v>
+      </c>
+      <c r="C14" s="29">
+        <v>2842</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" s="23" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" s="29">
+        <v>2788</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="22" t="s">
+        <v>106</v>
+      </c>
+      <c r="B16" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" s="29">
+        <v>2423</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="22" t="s">
+        <v>89</v>
+      </c>
+      <c r="B17" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="C17" s="29">
+        <v>2388</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="22" t="s">
+        <v>250</v>
+      </c>
+      <c r="B18" s="23" t="s">
         <v>251</v>
       </c>
-      <c r="B5" s="23" t="s">
-[...144 lines deleted...]
-      </c>
       <c r="C18" s="29">
-        <v>2138</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="B19" s="23" t="s">
-        <v>255</v>
+        <v>238</v>
       </c>
       <c r="C19" s="29">
-        <v>1875</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1807</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="22" t="s">
-        <v>248</v>
+        <v>232</v>
       </c>
       <c r="B20" s="23" t="s">
         <v>6</v>
       </c>
       <c r="C20" s="29">
-        <v>1616</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1543</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="22" t="s">
-        <v>205</v>
+        <v>68</v>
       </c>
       <c r="B21" s="23" t="s">
-        <v>206</v>
+        <v>67</v>
       </c>
       <c r="C21" s="29">
-        <v>1189</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="22" t="s">
-        <v>108</v>
+        <v>193</v>
       </c>
       <c r="B22" s="23" t="s">
-        <v>107</v>
+        <v>194</v>
       </c>
       <c r="C22" s="29">
-        <v>1114</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B23" s="23" t="s">
+        <v>41</v>
+      </c>
+      <c r="C23" s="29">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="22" t="s">
         <v>29</v>
       </c>
-      <c r="B23" s="23" t="s">
+      <c r="B24" s="23" t="s">
         <v>30</v>
       </c>
-      <c r="C23" s="29">
-[...7 lines deleted...]
-      <c r="B24" s="23" t="s">
+      <c r="C24" s="29">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="22" t="s">
+        <v>149</v>
+      </c>
+      <c r="B25" s="23" t="s">
         <v>5</v>
       </c>
-      <c r="C24" s="29">
-[...9 lines deleted...]
-      </c>
       <c r="C25" s="29">
-        <v>943</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="22" t="s">
-        <v>112</v>
+        <v>247</v>
       </c>
       <c r="B26" s="23" t="s">
+        <v>246</v>
+      </c>
+      <c r="C26" s="29">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B27" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="C27" s="29">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="22" t="s">
         <v>70</v>
       </c>
-      <c r="C26" s="29">
-[...17 lines deleted...]
-      </c>
       <c r="B28" s="23" t="s">
-        <v>227</v>
+        <v>67</v>
       </c>
       <c r="C28" s="29">
-        <v>669</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="22" t="s">
-        <v>71</v>
+        <v>163</v>
       </c>
       <c r="B29" s="23" t="s">
-        <v>70</v>
+        <v>162</v>
       </c>
       <c r="C29" s="29">
-        <v>642</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="22" t="s">
-        <v>141</v>
+        <v>73</v>
       </c>
       <c r="B30" s="23" t="s">
-        <v>139</v>
+        <v>67</v>
       </c>
       <c r="C30" s="29">
-        <v>586</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="22" t="s">
+        <v>52</v>
+      </c>
+      <c r="B31" s="23" t="s">
         <v>53</v>
       </c>
-      <c r="B31" s="23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="29">
-        <v>569</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="22" t="s">
         <v>3</v>
       </c>
       <c r="B32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="29">
-        <v>524</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="22" t="s">
-        <v>257</v>
+        <v>136</v>
       </c>
       <c r="B33" s="23" t="s">
         <v>134</v>
       </c>
       <c r="C33" s="29">
-        <v>491</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="22" t="s">
-        <v>148</v>
+        <v>31</v>
       </c>
       <c r="B34" s="23" t="s">
-        <v>149</v>
+        <v>32</v>
       </c>
       <c r="C34" s="29">
-        <v>489</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="22" t="s">
-        <v>165</v>
+        <v>240</v>
       </c>
       <c r="B35" s="23" t="s">
-        <v>164</v>
+        <v>125</v>
       </c>
       <c r="C35" s="29">
-        <v>454</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="22" t="s">
-        <v>25</v>
+        <v>210</v>
       </c>
       <c r="B36" s="23" t="s">
-        <v>26</v>
+        <v>209</v>
       </c>
       <c r="C36" s="29">
-        <v>426</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="22" t="s">
-        <v>55</v>
+        <v>145</v>
       </c>
       <c r="B37" s="23" t="s">
-        <v>56</v>
+        <v>146</v>
       </c>
       <c r="C37" s="29">
-        <v>420</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="22" t="s">
-        <v>198</v>
+        <v>135</v>
       </c>
       <c r="B38" s="23" t="s">
-        <v>199</v>
+        <v>134</v>
       </c>
       <c r="C38" s="29">
-        <v>397</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="22" t="s">
-        <v>74</v>
+        <v>115</v>
       </c>
       <c r="B39" s="23" t="s">
-        <v>70</v>
+        <v>116</v>
       </c>
       <c r="C39" s="29">
-        <v>381</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="22" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="B40" s="23" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C40" s="29">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="22" t="s">
-        <v>160</v>
+        <v>215</v>
       </c>
       <c r="B41" s="23" t="s">
-        <v>161</v>
+        <v>216</v>
       </c>
       <c r="C41" s="29">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="22" t="s">
-        <v>153</v>
+        <v>94</v>
       </c>
       <c r="B42" s="23" t="s">
-        <v>154</v>
+        <v>252</v>
       </c>
       <c r="C42" s="29">
-        <v>369</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="22" t="s">
-        <v>171</v>
+        <v>188</v>
       </c>
       <c r="B43" s="23" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C43" s="29">
         <v>355</v>
       </c>
     </row>
-    <row r="44" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="22" t="s">
-        <v>231</v>
+        <v>25</v>
       </c>
       <c r="B44" s="23" t="s">
-        <v>232</v>
+        <v>26</v>
       </c>
       <c r="C44" s="29">
-        <v>330</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="22" t="s">
-        <v>128</v>
+        <v>48</v>
       </c>
       <c r="B45" s="23" t="s">
-        <v>129</v>
+        <v>49</v>
       </c>
       <c r="C45" s="29">
-        <v>327</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="22" t="s">
-        <v>45</v>
+        <v>217</v>
       </c>
       <c r="B46" s="23" t="s">
-        <v>46</v>
+        <v>216</v>
       </c>
       <c r="C46" s="29">
-        <v>325</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="22" t="s">
-        <v>97</v>
+        <v>23</v>
       </c>
       <c r="B47" s="23" t="s">
-        <v>268</v>
+        <v>24</v>
       </c>
       <c r="C47" s="29">
-        <v>324</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="22" t="s">
-        <v>77</v>
+        <v>241</v>
       </c>
       <c r="B48" s="23" t="s">
-        <v>70</v>
+        <v>242</v>
       </c>
       <c r="C48" s="29">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="22" t="s">
-        <v>179</v>
+        <v>54</v>
       </c>
       <c r="B49" s="23" t="s">
-        <v>180</v>
+        <v>55</v>
       </c>
       <c r="C49" s="29">
-        <v>278</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="22" t="s">
-        <v>15</v>
+        <v>107</v>
       </c>
       <c r="B50" s="23" t="s">
-        <v>16</v>
+        <v>67</v>
       </c>
       <c r="C50" s="29">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="22" t="s">
-        <v>142</v>
+        <v>108</v>
       </c>
       <c r="B51" s="23" t="s">
-        <v>139</v>
+        <v>61</v>
       </c>
       <c r="C51" s="29">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="22" t="s">
+        <v>123</v>
+      </c>
+      <c r="B52" s="23" t="s">
+        <v>124</v>
+      </c>
+      <c r="C52" s="29">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="22" t="s">
+        <v>169</v>
+      </c>
+      <c r="B53" s="23" t="s">
+        <v>170</v>
+      </c>
+      <c r="C53" s="29">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="22" t="s">
+        <v>74</v>
+      </c>
+      <c r="B54" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C54" s="29">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="22" t="s">
+        <v>137</v>
+      </c>
+      <c r="B55" s="23" t="s">
+        <v>134</v>
+      </c>
+      <c r="C55" s="29">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="22" t="s">
+        <v>198</v>
+      </c>
+      <c r="B56" s="23" t="s">
         <v>199</v>
       </c>
-    </row>
-[...50 lines deleted...]
-      </c>
       <c r="C56" s="29">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="22" t="s">
-        <v>33</v>
+        <v>177</v>
       </c>
       <c r="B57" s="23" t="s">
-        <v>34</v>
+        <v>178</v>
       </c>
       <c r="C57" s="29">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="22" t="s">
-        <v>23</v>
+        <v>236</v>
       </c>
       <c r="B58" s="23" t="s">
-        <v>24</v>
+        <v>239</v>
       </c>
       <c r="C58" s="29">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="22" t="s">
-        <v>258</v>
+        <v>211</v>
       </c>
       <c r="B59" s="23" t="s">
-        <v>259</v>
+        <v>212</v>
       </c>
       <c r="C59" s="29">
         <v>117</v>
       </c>
     </row>
-    <row r="60" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="22" t="s">
-        <v>214</v>
+        <v>7</v>
       </c>
       <c r="B60" s="23" t="s">
-        <v>215</v>
+        <v>8</v>
       </c>
       <c r="C60" s="29">
         <v>115</v>
       </c>
     </row>
-    <row r="61" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="22" t="s">
-        <v>116</v>
+        <v>255</v>
       </c>
       <c r="B61" s="23" t="s">
-        <v>117</v>
+        <v>256</v>
       </c>
       <c r="C61" s="29">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="22" t="s">
-        <v>253</v>
+        <v>69</v>
       </c>
       <c r="B62" s="23" t="s">
-        <v>256</v>
+        <v>67</v>
       </c>
       <c r="C62" s="29">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="B63" s="23" t="s">
+        <v>187</v>
+      </c>
+      <c r="C63" s="29">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="22" t="s">
+        <v>167</v>
+      </c>
+      <c r="B64" s="23" t="s">
+        <v>168</v>
+      </c>
+      <c r="C64" s="29">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="22" t="s">
+        <v>197</v>
+      </c>
+      <c r="B65" s="23" t="s">
+        <v>166</v>
+      </c>
+      <c r="C65" s="29">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="B66" s="23" t="s">
+        <v>34</v>
+      </c>
+      <c r="C66" s="29">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="22" t="s">
+        <v>92</v>
+      </c>
+      <c r="B67" s="23" t="s">
+        <v>93</v>
+      </c>
+      <c r="C67" s="29">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="22" t="s">
+        <v>248</v>
+      </c>
+      <c r="B68" s="23" t="s">
+        <v>249</v>
+      </c>
+      <c r="C68" s="29">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="22" t="s">
+        <v>75</v>
+      </c>
+      <c r="B69" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C69" s="29">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="22" t="s">
+        <v>138</v>
+      </c>
+      <c r="B70" s="23" t="s">
+        <v>134</v>
+      </c>
+      <c r="C70" s="29">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="22" t="s">
+        <v>158</v>
+      </c>
+      <c r="B71" s="23" t="s">
+        <v>159</v>
+      </c>
+      <c r="C71" s="29">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="B72" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="C72" s="29">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="22" t="s">
+        <v>71</v>
+      </c>
+      <c r="B73" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C73" s="29">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="22" t="s">
+        <v>218</v>
+      </c>
+      <c r="B74" s="23" t="s">
+        <v>219</v>
+      </c>
+      <c r="C74" s="29">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="22" t="s">
+        <v>185</v>
+      </c>
+      <c r="B75" s="23" t="s">
+        <v>184</v>
+      </c>
+      <c r="C75" s="29">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="22" t="s">
+        <v>105</v>
+      </c>
+      <c r="B76" s="23" t="s">
+        <v>103</v>
+      </c>
+      <c r="C76" s="29">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B77" s="23" t="s">
+        <v>63</v>
+      </c>
+      <c r="C77" s="29">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="B78" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="C78" s="29">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="22" t="s">
+        <v>220</v>
+      </c>
+      <c r="B79" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="C79" s="29">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="22" t="s">
+        <v>141</v>
+      </c>
+      <c r="B80" s="23" t="s">
+        <v>142</v>
+      </c>
+      <c r="C80" s="29">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B81" s="23" t="s">
+        <v>61</v>
+      </c>
+      <c r="C81" s="29">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="22" t="s">
+        <v>111</v>
+      </c>
+      <c r="B82" s="23" t="s">
+        <v>112</v>
+      </c>
+      <c r="C82" s="29">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="22" t="s">
+        <v>109</v>
+      </c>
+      <c r="B83" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="C83" s="29">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="22" t="s">
+        <v>200</v>
+      </c>
+      <c r="B84" s="23" t="s">
+        <v>201</v>
+      </c>
+      <c r="C84" s="29">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="22" t="s">
+        <v>222</v>
+      </c>
+      <c r="B85" s="23" t="s">
+        <v>223</v>
+      </c>
+      <c r="C85" s="29">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="B86" s="23" t="s">
+        <v>148</v>
+      </c>
+      <c r="C86" s="29">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="22" t="s">
+        <v>205</v>
+      </c>
+      <c r="B87" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" s="29">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="22" t="s">
+        <v>160</v>
+      </c>
+      <c r="B88" s="23" t="s">
+        <v>159</v>
+      </c>
+      <c r="C88" s="29">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="22" t="s">
+        <v>126</v>
+      </c>
+      <c r="B89" s="23" t="s">
+        <v>127</v>
+      </c>
+      <c r="C89" s="29">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="22" t="s">
+        <v>180</v>
+      </c>
+      <c r="B90" s="23" t="s">
+        <v>181</v>
+      </c>
+      <c r="C90" s="29">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="22" t="s">
+        <v>76</v>
+      </c>
+      <c r="B91" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C91" s="29">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="22" t="s">
+        <v>77</v>
+      </c>
+      <c r="B92" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C92" s="29">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B93" s="23" t="s">
+        <v>47</v>
+      </c>
+      <c r="C93" s="29">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="22" t="s">
+        <v>206</v>
+      </c>
+      <c r="B94" s="23" t="s">
+        <v>207</v>
+      </c>
+      <c r="C94" s="29">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="22" t="s">
+        <v>202</v>
+      </c>
+      <c r="B95" s="23" t="s">
+        <v>201</v>
+      </c>
+      <c r="C95" s="29">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A96" s="22" t="s">
+        <v>83</v>
+      </c>
+      <c r="B96" s="23" t="s">
+        <v>84</v>
+      </c>
+      <c r="C96" s="29">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="22" t="s">
+        <v>195</v>
+      </c>
+      <c r="B97" s="23" t="s">
         <v>196</v>
-      </c>
-[...375 lines deleted...]
-        <v>224</v>
       </c>
       <c r="C97" s="29">
         <v>22</v>
       </c>
     </row>
-    <row r="98" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="22" t="s">
-        <v>173</v>
+        <v>284</v>
       </c>
       <c r="B98" s="23" t="s">
-        <v>174</v>
+        <v>285</v>
       </c>
       <c r="C98" s="29">
         <v>20</v>
       </c>
     </row>
-    <row r="99" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="22" t="s">
-        <v>218</v>
+        <v>50</v>
       </c>
       <c r="B99" s="23" t="s">
-        <v>217</v>
+        <v>51</v>
       </c>
       <c r="C99" s="29">
         <v>20</v>
       </c>
     </row>
-    <row r="100" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="22" t="s">
-        <v>275</v>
+        <v>191</v>
       </c>
       <c r="B100" s="23" t="s">
-        <v>260</v>
+        <v>192</v>
       </c>
       <c r="C100" s="29">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="22" t="s">
-        <v>203</v>
+        <v>230</v>
       </c>
       <c r="B101" s="23" t="s">
-        <v>204</v>
+        <v>231</v>
       </c>
       <c r="C101" s="29">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="22" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="B102" s="23" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="C102" s="29">
         <v>18</v>
       </c>
     </row>
-    <row r="103" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="22" t="s">
-        <v>246</v>
+        <v>182</v>
       </c>
       <c r="B103" s="23" t="s">
-        <v>247</v>
+        <v>183</v>
       </c>
       <c r="C103" s="29">
         <v>18</v>
       </c>
     </row>
-    <row r="104" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="22" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="B104" s="23" t="s">
-        <v>241</v>
+        <v>214</v>
       </c>
       <c r="C104" s="29">
         <v>17</v>
       </c>
     </row>
-    <row r="105" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="22" t="s">
-        <v>274</v>
+        <v>90</v>
       </c>
       <c r="B105" s="23" t="s">
-        <v>260</v>
+        <v>91</v>
       </c>
       <c r="C105" s="29">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="22" t="s">
-        <v>156</v>
+        <v>78</v>
       </c>
       <c r="B106" s="23" t="s">
-        <v>155</v>
+        <v>67</v>
       </c>
       <c r="C106" s="29">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="22" t="s">
-        <v>233</v>
+        <v>79</v>
       </c>
       <c r="B107" s="23" t="s">
-        <v>232</v>
+        <v>67</v>
       </c>
       <c r="C107" s="29">
         <v>16</v>
       </c>
     </row>
-    <row r="108" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="22" t="s">
-        <v>87</v>
+        <v>190</v>
       </c>
       <c r="B108" s="23" t="s">
-        <v>86</v>
+        <v>189</v>
       </c>
       <c r="C108" s="29">
         <v>15</v>
       </c>
     </row>
-    <row r="109" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="22" t="s">
-        <v>126</v>
+        <v>80</v>
       </c>
       <c r="B109" s="23" t="s">
-        <v>127</v>
+        <v>67</v>
       </c>
       <c r="C109" s="29">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="22" t="s">
-        <v>81</v>
+        <v>224</v>
       </c>
       <c r="B110" s="23" t="s">
-        <v>70</v>
+        <v>225</v>
       </c>
       <c r="C110" s="29">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="22" t="s">
-        <v>157</v>
+        <v>44</v>
       </c>
       <c r="B111" s="23" t="s">
-        <v>155</v>
+        <v>45</v>
       </c>
       <c r="C111" s="29">
         <v>13</v>
       </c>
     </row>
-    <row r="112" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="22" t="s">
-        <v>163</v>
+        <v>228</v>
       </c>
       <c r="B112" s="23" t="s">
-        <v>164</v>
+        <v>229</v>
       </c>
       <c r="C112" s="29">
         <v>13</v>
       </c>
     </row>
-    <row r="113" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="22" t="s">
-        <v>21</v>
+        <v>154</v>
       </c>
       <c r="B113" s="23" t="s">
-        <v>22</v>
+        <v>152</v>
       </c>
       <c r="C113" s="29">
         <v>12</v>
       </c>
     </row>
-    <row r="114" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="22" t="s">
-        <v>10</v>
+        <v>161</v>
       </c>
       <c r="B114" s="23" t="s">
+        <v>162</v>
+      </c>
+      <c r="C114" s="29">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="22" t="s">
+        <v>179</v>
+      </c>
+      <c r="B115" s="23" t="s">
+        <v>178</v>
+      </c>
+      <c r="C115" s="29">
         <v>11</v>
       </c>
-      <c r="C114" s="29">
-[...14 lines deleted...]
-    <row r="116" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="116" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="22" t="s">
-        <v>43</v>
+        <v>233</v>
       </c>
       <c r="B116" s="23" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="C116" s="29">
         <v>10</v>
       </c>
     </row>
-    <row r="117" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="22" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B117" s="23" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C117" s="29">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="22" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B118" s="23" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C118" s="29">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="22" t="s">
-        <v>182</v>
+        <v>260</v>
       </c>
       <c r="B119" s="23" t="s">
-        <v>183</v>
+        <v>261</v>
       </c>
       <c r="C119" s="29">
         <v>9</v>
       </c>
     </row>
-    <row r="120" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="22" t="s">
-        <v>41</v>
+        <v>155</v>
       </c>
       <c r="B120" s="23" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="C120" s="29">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="22" t="s">
-        <v>84</v>
+        <v>72</v>
       </c>
       <c r="B121" s="23" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="C121" s="29">
         <v>8</v>
       </c>
     </row>
-    <row r="122" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="22" t="s">
-        <v>90</v>
+        <v>175</v>
       </c>
       <c r="B122" s="23" t="s">
-        <v>91</v>
+        <v>176</v>
       </c>
       <c r="C122" s="29">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="22" t="s">
-        <v>130</v>
+        <v>99</v>
       </c>
       <c r="B123" s="23" t="s">
-        <v>131</v>
+        <v>100</v>
       </c>
       <c r="C123" s="29">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A124" s="22" t="s">
-        <v>284</v>
+        <v>119</v>
       </c>
       <c r="B124" s="23" t="s">
-        <v>285</v>
+        <v>120</v>
       </c>
       <c r="C124" s="29">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="22" t="s">
-        <v>83</v>
+        <v>208</v>
       </c>
       <c r="B125" s="23" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C125" s="29">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B126" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="C126" s="29">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="22" t="s">
+        <v>286</v>
+      </c>
+      <c r="B127" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C127" s="29">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="22" t="s">
+        <v>226</v>
+      </c>
+      <c r="B128" s="23" t="s">
+        <v>227</v>
+      </c>
+      <c r="C128" s="29">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="22" t="s">
+        <v>117</v>
+      </c>
+      <c r="B129" s="23" t="s">
+        <v>118</v>
+      </c>
+      <c r="C129" s="29">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="22" t="s">
+        <v>121</v>
+      </c>
+      <c r="B130" s="23" t="s">
+        <v>122</v>
+      </c>
+      <c r="C130" s="29">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="22" t="s">
+        <v>204</v>
+      </c>
+      <c r="B131" s="23" t="s">
+        <v>203</v>
+      </c>
+      <c r="C131" s="29">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="22" t="s">
+        <v>270</v>
+      </c>
+      <c r="B132" s="23" t="s">
+        <v>207</v>
+      </c>
+      <c r="C132" s="29">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="22" t="s">
+        <v>274</v>
+      </c>
+      <c r="B133" s="23" t="s">
+        <v>275</v>
+      </c>
+      <c r="C133" s="29">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B134" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="C134" s="29">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="B135" s="23" t="s">
+        <v>81</v>
+      </c>
+      <c r="C135" s="29">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="22" t="s">
+        <v>85</v>
+      </c>
+      <c r="B136" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="C136" s="29">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="22" t="s">
+        <v>87</v>
+      </c>
+      <c r="B137" s="23" t="s">
         <v>88</v>
       </c>
-      <c r="B126" s="23" t="s">
-[...7 lines deleted...]
-      <c r="A127" s="22" t="s">
+      <c r="C137" s="29">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="22" t="s">
+        <v>253</v>
+      </c>
+      <c r="B138" s="23" t="s">
+        <v>254</v>
+      </c>
+      <c r="C138" s="29">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="22" t="s">
+        <v>287</v>
+      </c>
+      <c r="B139" s="23" t="s">
+        <v>152</v>
+      </c>
+      <c r="C139" s="29">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="22" t="s">
+        <v>272</v>
+      </c>
+      <c r="B140" s="23" t="s">
+        <v>273</v>
+      </c>
+      <c r="C140" s="29">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="B141" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="C141" s="29">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A142" s="22" t="s">
+        <v>258</v>
+      </c>
+      <c r="B142" s="23" t="s">
+        <v>259</v>
+      </c>
+      <c r="C142" s="29">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="22" t="s">
+        <v>262</v>
+      </c>
+      <c r="B143" s="23" t="s">
+        <v>263</v>
+      </c>
+      <c r="C143" s="29">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="22" t="s">
+        <v>156</v>
+      </c>
+      <c r="B144" s="23" t="s">
+        <v>157</v>
+      </c>
+      <c r="C144" s="29">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="22" t="s">
+        <v>264</v>
+      </c>
+      <c r="B145" s="23" t="s">
+        <v>265</v>
+      </c>
+      <c r="C145" s="29">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="22" t="s">
+        <v>267</v>
+      </c>
+      <c r="B146" s="23" t="s">
+        <v>268</v>
+      </c>
+      <c r="C146" s="29">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="22" t="s">
+        <v>288</v>
+      </c>
+      <c r="B147" s="23" t="s">
+        <v>289</v>
+      </c>
+      <c r="C147" s="29">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A148" s="22" t="s">
+        <v>276</v>
+      </c>
+      <c r="B148" s="23" t="s">
+        <v>103</v>
+      </c>
+      <c r="C148" s="29">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A149" s="22" t="s">
+        <v>277</v>
+      </c>
+      <c r="B149" s="23" t="s">
+        <v>263</v>
+      </c>
+      <c r="C149" s="29">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="22" t="s">
+        <v>278</v>
+      </c>
+      <c r="B150" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C150" s="29">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A151" s="22" t="s">
+        <v>266</v>
+      </c>
+      <c r="B151" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C151" s="29">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A152" s="22" t="s">
+        <v>279</v>
+      </c>
+      <c r="B152" s="23" t="s">
         <v>280</v>
       </c>
-      <c r="B127" s="23" t="s">
+      <c r="C152" s="29">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A153" s="22" t="s">
         <v>281</v>
       </c>
-      <c r="C127" s="29">
-[...281 lines deleted...]
-      </c>
       <c r="B153" s="23" t="s">
-        <v>9</v>
+        <v>280</v>
       </c>
       <c r="C153" s="29">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A154" s="22" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="B154" s="23" t="s">
-        <v>279</v>
+        <v>84</v>
       </c>
       <c r="C154" s="29">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A155" s="22" t="s">
-        <v>290</v>
+        <v>56</v>
       </c>
       <c r="B155" s="23" t="s">
-        <v>155</v>
+        <v>57</v>
       </c>
       <c r="C155" s="29">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A156" s="22" t="s">
-        <v>302</v>
+        <v>58</v>
       </c>
       <c r="B156" s="23" t="s">
-        <v>155</v>
+        <v>59</v>
       </c>
       <c r="C156" s="29">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A157" s="22" t="s">
-        <v>207</v>
+        <v>143</v>
       </c>
       <c r="B157" s="23" t="s">
-        <v>208</v>
+        <v>144</v>
       </c>
       <c r="C157" s="29">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A158" s="22" t="s">
-        <v>100</v>
+        <v>153</v>
       </c>
       <c r="B158" s="23" t="s">
-        <v>101</v>
+        <v>152</v>
       </c>
       <c r="C158" s="29">
         <v>2</v>
       </c>
     </row>
-    <row r="159" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A159" s="22" t="s">
-        <v>102</v>
+        <v>282</v>
       </c>
       <c r="B159" s="23" t="s">
-        <v>103</v>
+        <v>201</v>
       </c>
       <c r="C159" s="29">
         <v>2</v>
       </c>
     </row>
-    <row r="160" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A160" s="22" t="s">
-        <v>310</v>
+        <v>283</v>
       </c>
       <c r="B160" s="23" t="s">
-        <v>311</v>
+        <v>201</v>
       </c>
       <c r="C160" s="29">
         <v>2</v>
       </c>
     </row>
-    <row r="161" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A161" s="22" t="s">
-        <v>51</v>
+        <v>269</v>
       </c>
       <c r="B161" s="23" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="C161" s="29">
         <v>2</v>
       </c>
     </row>
-    <row r="162" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A162" s="22" t="s">
-        <v>57</v>
+        <v>271</v>
       </c>
       <c r="B162" s="23" t="s">
-        <v>58</v>
+        <v>209</v>
       </c>
       <c r="C162" s="29">
         <v>2</v>
       </c>
     </row>
-    <row r="163" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A163" s="22" t="s">
-        <v>59</v>
+        <v>12</v>
       </c>
       <c r="B163" s="23" t="s">
-        <v>60</v>
+        <v>13</v>
       </c>
       <c r="C163" s="29">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A164" s="22" t="s">
-        <v>261</v>
+        <v>291</v>
       </c>
       <c r="B164" s="23" t="s">
-        <v>260</v>
+        <v>292</v>
       </c>
       <c r="C164" s="29">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A165" s="22" t="s">
-        <v>312</v>
+        <v>293</v>
       </c>
       <c r="B165" s="23" t="s">
-        <v>155</v>
+        <v>294</v>
       </c>
       <c r="C165" s="29">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A166" s="22" t="s">
-        <v>188</v>
+        <v>295</v>
       </c>
       <c r="B166" s="23" t="s">
-        <v>189</v>
+        <v>280</v>
       </c>
       <c r="C166" s="29">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A167" s="22" t="s">
-        <v>194</v>
+        <v>296</v>
       </c>
       <c r="B167" s="23" t="s">
-        <v>195</v>
+        <v>263</v>
       </c>
       <c r="C167" s="29">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A168" s="22" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="B168" s="23" t="s">
-        <v>217</v>
+        <v>67</v>
       </c>
       <c r="C168" s="29">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A169" s="22" t="s">
-        <v>313</v>
+        <v>298</v>
       </c>
       <c r="B169" s="23" t="s">
-        <v>314</v>
+        <v>263</v>
       </c>
       <c r="C169" s="29">
         <v>1</v>
       </c>
     </row>
-    <row r="170" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A170" s="22" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="B170" s="23" t="s">
-        <v>292</v>
+        <v>263</v>
       </c>
       <c r="C170" s="29">
         <v>1</v>
       </c>
     </row>
-    <row r="171" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A171" s="22" t="s">
-        <v>315</v>
+        <v>300</v>
       </c>
       <c r="B171" s="23" t="s">
-        <v>316</v>
+        <v>67</v>
       </c>
       <c r="C171" s="29">
         <v>1</v>
       </c>
     </row>
-    <row r="172" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A172" s="22" t="s">
-        <v>317</v>
+        <v>301</v>
       </c>
       <c r="B172" s="23" t="s">
-        <v>318</v>
+        <v>280</v>
       </c>
       <c r="C172" s="29">
         <v>1</v>
       </c>
     </row>
-    <row r="173" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A173" s="22" t="s">
-        <v>293</v>
+        <v>302</v>
       </c>
       <c r="B173" s="23" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="C173" s="29">
         <v>1</v>
       </c>
     </row>
-    <row r="174" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A174" s="22" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="B174" s="23" t="s">
-        <v>250</v>
+        <v>67</v>
       </c>
       <c r="C174" s="29">
         <v>1</v>
       </c>
     </row>
-    <row r="175" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A175" s="22" t="s">
-        <v>296</v>
+        <v>304</v>
       </c>
       <c r="B175" s="23" t="s">
-        <v>70</v>
+        <v>280</v>
       </c>
       <c r="C175" s="29">
         <v>1</v>
       </c>
     </row>
-    <row r="176" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A176" s="22" t="s">
-        <v>297</v>
+        <v>305</v>
       </c>
       <c r="B176" s="23" t="s">
-        <v>250</v>
+        <v>280</v>
       </c>
       <c r="C176" s="29">
         <v>1</v>
       </c>
     </row>
-    <row r="177" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A177" s="22" t="s">
-        <v>298</v>
+        <v>306</v>
       </c>
       <c r="B177" s="23" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="C177" s="29">
         <v>1</v>
       </c>
     </row>
-    <row r="178" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A178" s="22" t="s">
-        <v>73</v>
+        <v>307</v>
       </c>
       <c r="B178" s="23" t="s">
-        <v>69</v>
+        <v>308</v>
       </c>
       <c r="C178" s="29">
         <v>1</v>
       </c>
     </row>
-    <row r="179" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="22" t="s">
-        <v>319</v>
+        <v>128</v>
       </c>
       <c r="B179" s="23" t="s">
-        <v>70</v>
+        <v>129</v>
       </c>
       <c r="C179" s="29">
         <v>1</v>
       </c>
     </row>
-    <row r="180" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A180" s="22" t="s">
-        <v>320</v>
+        <v>130</v>
       </c>
       <c r="B180" s="23" t="s">
-        <v>321</v>
+        <v>131</v>
       </c>
       <c r="C180" s="29">
         <v>1</v>
       </c>
     </row>
-    <row r="181" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A181" s="22" t="s">
-        <v>120</v>
+        <v>245</v>
       </c>
       <c r="B181" s="23" t="s">
-        <v>121</v>
+        <v>243</v>
       </c>
       <c r="C181" s="29">
         <v>1</v>
       </c>
     </row>
-    <row r="182" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A182" s="22" t="s">
-        <v>122</v>
+        <v>244</v>
       </c>
       <c r="B182" s="23" t="s">
-        <v>123</v>
+        <v>243</v>
       </c>
       <c r="C182" s="29">
         <v>1</v>
       </c>
     </row>
-    <row r="183" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A183" s="22" t="s">
-        <v>322</v>
+        <v>171</v>
       </c>
       <c r="B183" s="23" t="s">
-        <v>323</v>
+        <v>172</v>
       </c>
       <c r="C183" s="29">
         <v>1</v>
       </c>
     </row>
-    <row r="184" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A184" s="22" t="s">
-        <v>324</v>
+        <v>309</v>
       </c>
       <c r="B184" s="23" t="s">
-        <v>325</v>
+        <v>310</v>
       </c>
       <c r="C184" s="29">
         <v>1</v>
       </c>
     </row>
-    <row r="185" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A185" s="22" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="B185" s="23" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="C185" s="29">
         <v>1</v>
       </c>
     </row>
-    <row r="186" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A186" s="22" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="B186" s="23" t="s">
-        <v>186</v>
+        <v>207</v>
       </c>
       <c r="C186" s="29">
         <v>1</v>
       </c>
     </row>
-    <row r="187" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A187" s="22" t="s">
-        <v>209</v>
+        <v>313</v>
       </c>
       <c r="B187" s="23" t="s">
-        <v>210</v>
+        <v>310</v>
       </c>
       <c r="C187" s="29">
         <v>1</v>
       </c>
     </row>
-    <row r="188" spans="1:3" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A188" s="22" t="s">
-        <v>221</v>
+        <v>314</v>
       </c>
       <c r="B188" s="23" t="s">
-        <v>220</v>
+        <v>207</v>
       </c>
       <c r="C188" s="29">
         <v>1</v>
       </c>
     </row>
-    <row r="189" spans="1:3" ht="52.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C189" s="30">
+    <row r="189" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A189" s="22" t="s">
+        <v>315</v>
+      </c>
+      <c r="B189" s="23" t="s">
+        <v>310</v>
+      </c>
+      <c r="C189" s="29">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A190" s="22" t="s">
+        <v>316</v>
+      </c>
+      <c r="B190" s="23" t="s">
+        <v>207</v>
+      </c>
+      <c r="C190" s="29">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3" ht="53.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="26" t="s">
+        <v>317</v>
+      </c>
+      <c r="B191" s="27" t="s">
+        <v>310</v>
+      </c>
+      <c r="C191" s="30">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A2:C2" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:C189">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:C191">
     <sortCondition descending="1" ref="C3"/>
     <sortCondition ref="A3"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="30.6640625" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="30.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="26.6640625" style="6" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="30.6640625" style="6"/>
+    <col min="1" max="1" width="26.7109375" style="6" customWidth="1"/>
+    <col min="2" max="2" width="67.7109375" style="7" customWidth="1"/>
+    <col min="3" max="3" width="8.7109375" style="8" customWidth="1"/>
+    <col min="4" max="16384" width="30.7109375" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="5" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:4" s="5" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="34" t="s">
-        <v>329</v>
+        <v>320</v>
       </c>
       <c r="B1" s="35"/>
       <c r="C1" s="36"/>
     </row>
-    <row r="2" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="40" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="41" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="D2" s="4"/>
     </row>
-    <row r="3" spans="1:4" ht="52.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:4" ht="53.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="42"/>
       <c r="B3" s="43"/>
       <c r="C3" s="44"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:C2" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:C3">
     <sortCondition descending="1" ref="C3"/>
     <sortCondition ref="A3"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1:C3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="9.6640625" style="13" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="9.109375" style="5"/>
+    <col min="1" max="1" width="9.7109375" style="13" customWidth="1"/>
+    <col min="2" max="2" width="72.7109375" style="14" customWidth="1"/>
+    <col min="3" max="3" width="9.7109375" style="9" customWidth="1"/>
+    <col min="4" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:3" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="34" t="s">
-        <v>330</v>
+        <v>321</v>
       </c>
       <c r="B1" s="35"/>
       <c r="C1" s="36"/>
     </row>
-    <row r="2" spans="1:3" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:3" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="45" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="46" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="47" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:3" ht="34.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:3" ht="33.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="48"/>
       <c r="B3" s="49"/>
       <c r="C3" s="50"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:C2" xr:uid="{00000000-0009-0000-0000-000003000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:C3">
     <sortCondition descending="1" ref="C3"/>
     <sortCondition ref="A3"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Sheet4"/>
   <dimension ref="A1:C3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3:C3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="9.6640625" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="9.109375" style="10"/>
+    <col min="1" max="1" width="9.7109375" style="10" customWidth="1"/>
+    <col min="2" max="2" width="72.7109375" style="12" customWidth="1"/>
+    <col min="3" max="3" width="9.7109375" style="10" customWidth="1"/>
+    <col min="4" max="16384" width="9.140625" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" s="5" customFormat="1" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:3" s="5" customFormat="1" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="31" t="s">
-        <v>331</v>
+        <v>322</v>
       </c>
       <c r="B1" s="32"/>
       <c r="C1" s="33"/>
     </row>
-    <row r="2" spans="1:3" s="5" customFormat="1" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:3" s="5" customFormat="1" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="17" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="19" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="18" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:3" ht="34.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:3" ht="33.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="37" t="s">
-        <v>327</v>
+        <v>318</v>
       </c>
       <c r="B3" s="38"/>
       <c r="C3" s="39"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:C2" xr:uid="{00000000-0009-0000-0000-000004000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A3:C3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>Instructions</vt:lpstr>
-      <vt:lpstr>Q3 2025 837 5010A1 Prod Edits</vt:lpstr>
-[...6 lines deleted...]
-      <vt:lpstr>'Q3 2025 NCPDP D.0 Test Edits'!Print_Titles</vt:lpstr>
+      <vt:lpstr>Q4 2025 837 5010A1 Prod Edits</vt:lpstr>
+      <vt:lpstr>Q4 2025 837 5010A1 Test Edits</vt:lpstr>
+      <vt:lpstr>Q4 2025 NCPDP D.0 Prod Edits</vt:lpstr>
+      <vt:lpstr>Q4 2025 NCPDP D.0 Test Edits</vt:lpstr>
+      <vt:lpstr>'Q4 2025 837 5010A1 Prod Edits'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'Q4 2025 837 5010A1 Test Edits'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'Q4 2025 NCPDP D.0 Prod Edits'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'Q4 2025 NCPDP D.0 Test Edits'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ASF</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>stacy.mcdonald</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>